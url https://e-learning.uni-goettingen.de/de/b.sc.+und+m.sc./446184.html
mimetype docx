--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -925,51 +925,51 @@
           <w:position w:val="-1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="1"/>
           <w:position w:val="-1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:position w:val="-1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02FD20A7" w14:textId="33542C72" w:rsidR="00815032" w:rsidRPr="006B4E5B" w:rsidRDefault="006C5EB9" w:rsidP="006B4E5B">
+    <w:p w14:paraId="02FD20A7" w14:textId="552A54B7" w:rsidR="00815032" w:rsidRPr="006B4E5B" w:rsidRDefault="006C5EB9" w:rsidP="006B4E5B">
       <w:pPr>
         <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
@@ -984,67 +984,76 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00BD4399">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EE5674">
+      <w:r w:rsidR="003A2DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Dezember</w:t>
+        <w:t>Februar</w:t>
       </w:r>
       <w:r w:rsidR="00F82326">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2DAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43DA5546" w14:textId="77777777" w:rsidR="00013318" w:rsidRPr="006B4E5B" w:rsidRDefault="00013318" w:rsidP="006B4E5B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4186"/>
         <w:gridCol w:w="4890"/>
       </w:tblGrid>
       <w:tr w:rsidR="00753B11" w:rsidRPr="006B4E5B" w14:paraId="756F0170" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
@@ -1220,51 +1229,51 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. </w:t>
             </w:r>
             <w:r w:rsidR="00DC58A6" w:rsidRPr="00DC58A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Simon Rosenau</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="182E229C" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="182E229C" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AFE8A56" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00692292" w:rsidRDefault="006414C3">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Biotechnologie und Reproduktion landwirtschaftlicher Nutztiere</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1588,51 +1597,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Tony Krebs</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06842FE5" w14:textId="5A9D44BF" w:rsidR="00AB5E9A" w:rsidRPr="00692292" w:rsidRDefault="00AB5E9A" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="64F59AA7" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="64F59AA7" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CF279E9" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00692292" w:rsidRDefault="006414C3">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Functional Breeding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1924,51 +1933,51 @@
               <w:t>Leopold Schwarz</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0416422E" w14:textId="7611DF83" w:rsidR="00B130E0" w:rsidRPr="00EE5674" w:rsidRDefault="00B130E0" w:rsidP="009D4F47">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE5674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Nora-Fabienne Paul</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="06730351" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="06730351" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="541D4FA7" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00692292" w:rsidRDefault="006414C3">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Molekularbiologie der Nutztiere und molekulare Diagnostik </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2346,213 +2355,173 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Prof. </w:t>
             </w:r>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Daniel Mörlein</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="599F5C9E" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="00D37E29">
-[...18 lines deleted...]
-          </w:p>
           <w:p w14:paraId="097DD573" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="001718D0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Johanna Mörlein</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B724AC9" w14:textId="77777777" w:rsidR="00447BE6" w:rsidRDefault="00447BE6">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00447BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Katharina Stanzel</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66EDDE0C" w14:textId="77777777" w:rsidR="00BB4ED6" w:rsidRDefault="00BB4ED6">
-[...19 lines deleted...]
-          <w:p w14:paraId="6F6A41CD" w14:textId="77777777" w:rsidR="00192F24" w:rsidRDefault="00192F24">
+          <w:p w14:paraId="5DADE6F9" w14:textId="18877FB8" w:rsidR="00192F24" w:rsidRDefault="00192F24">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00192F24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Claire Siebenmorgen</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="438C9A6E" w14:textId="77777777" w:rsidR="00192F24" w:rsidRDefault="00192F24">
+              <w:t>Yangyue Chen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F63DF09" w14:textId="77777777" w:rsidR="00192F24" w:rsidRDefault="00192F24">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00192F24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Fiona Wollermann</w:t>
-[...38 lines deleted...]
-              </w:rPr>
               <w:t>Fabienne Erben</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01FED0F3" w14:textId="77777777" w:rsidR="00C73B43" w:rsidRDefault="00C73B43">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Dr. Zsanett Bodor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AABC8BA" w14:textId="739FEA52" w:rsidR="00C73B43" w:rsidRPr="006B4E5B" w:rsidRDefault="00C73B43">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Wai Lwin Oo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00262F58" w:rsidRPr="00EE5674" w14:paraId="35E235BD" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="00262F58" w:rsidRPr="003A2DAB" w14:paraId="35E235BD" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44AF1386" w14:textId="7BA8F6A7" w:rsidR="00262F58" w:rsidRPr="00692292" w:rsidRDefault="00262F58" w:rsidP="00692292">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Tierernährungsphysiologie und Ressourceneffizienz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2732,51 +2701,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dr. Christian Bateki</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43197DDB" w14:textId="0544AF83" w:rsidR="00214D9B" w:rsidRPr="00976D4C" w:rsidRDefault="00214D9B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00976D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Katharina Stanzel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="196C4219" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="196C4219" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="078F05A4" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00692292" w:rsidRDefault="006414C3" w:rsidP="00692292">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Tierzucht und Haustiergenetik </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2838,68 +2807,108 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Prof. </w:t>
             </w:r>
             <w:r w:rsidR="006414C3" w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Steffen Weigend</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0936E141" w14:textId="19A408B1" w:rsidR="006F79D0" w:rsidRPr="006B4E5B" w:rsidRDefault="009D4F47" w:rsidP="006F79D0">
+          <w:p w14:paraId="5E478B70" w14:textId="77777777" w:rsidR="006F79D0" w:rsidRDefault="009D4F47" w:rsidP="006F79D0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Prof. Dr. Jens Tetens</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B96814A" w14:textId="77777777" w:rsidR="003A2DAB" w:rsidRDefault="003A2DAB" w:rsidP="006F79D0">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Dr. Lisa Rienesl</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0936E141" w14:textId="692CB13C" w:rsidR="003A2DAB" w:rsidRPr="006B4E5B" w:rsidRDefault="003A2DAB" w:rsidP="006F79D0">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Marie Bellersen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="00E5781E" w14:paraId="42EF0E59" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6930777F" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00692292" w:rsidRDefault="006414C3" w:rsidP="00692292">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung Wiederkäuerernährung </w:t>
@@ -3581,51 +3590,51 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Karthi Balakrishnan</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="385F5648" w14:textId="08005E03" w:rsidR="001F5AF3" w:rsidRPr="00921974" w:rsidRDefault="00B1346E" w:rsidP="00B1346E">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1346E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dr. Virna Moran Rodas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="2381D319" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="2381D319" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41C182ED" w14:textId="6630F4BB" w:rsidR="006414C3" w:rsidRDefault="00B1346E" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung </w:t>
             </w:r>
             <w:r w:rsidR="00FE023B">
               <w:rPr>
@@ -3914,51 +3923,51 @@
               <w:t>Dr. Arne Wenzel</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D500FFB" w14:textId="2C47FFD2" w:rsidR="00CB018C" w:rsidRPr="006B4E5B" w:rsidRDefault="00CB018C" w:rsidP="00CB018C">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB018C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Stefan Schüler</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="573F5436" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="573F5436" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="468C216D" w14:textId="2792813A" w:rsidR="006414C3" w:rsidRPr="009B5088" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5088">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung </w:t>
             </w:r>
             <w:r w:rsidR="00572D4F">
               <w:rPr>
@@ -4055,51 +4064,51 @@
               <w:t>Dr. Faisal Hayat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B13876E" w14:textId="5004C3ED" w:rsidR="00B130E0" w:rsidRPr="00E03028" w:rsidRDefault="00B130E0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Ferdinand Schirrmeister</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="18B6886C" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="18B6886C" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="338E7FDF" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung Agrartechnik </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4143,106 +4152,100 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Jens Wegener</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03593683" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="006414C3" w:rsidP="002B76F1">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Dieter von Hörsten</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="108CF252" w14:textId="77777777" w:rsidR="009F7B50" w:rsidRPr="00F74530" w:rsidRDefault="009F7B50" w:rsidP="002B76F1">
-[...14 lines deleted...]
-                <w:lang w:val="de-DE"/>
+          <w:p w14:paraId="108CF252" w14:textId="77777777" w:rsidR="009F7B50" w:rsidRPr="003A2DAB" w:rsidRDefault="009F7B50" w:rsidP="002B76F1">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A2DAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dr. Jan Adolph</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="198A2CE4" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="00A11CCE" w:rsidP="00A11CCE">
-[...14 lines deleted...]
-                <w:lang w:val="de-DE"/>
+          <w:p w14:paraId="198A2CE4" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="003A2DAB" w:rsidRDefault="00A11CCE" w:rsidP="00A11CCE">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A2DAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Andreas Heckmann</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="541A135C" w14:textId="77777777" w:rsidR="00F37538" w:rsidRDefault="00F37538" w:rsidP="00A11CCE">
-[...14 lines deleted...]
-                <w:lang w:val="de-DE"/>
+          <w:p w14:paraId="541A135C" w14:textId="77777777" w:rsidR="00F37538" w:rsidRPr="003A2DAB" w:rsidRDefault="00F37538" w:rsidP="00A11CCE">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A2DAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eike Hunze</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14281F3A" w14:textId="7BE6D897" w:rsidR="000B0C5D" w:rsidRDefault="00F37538" w:rsidP="00A11CCE">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Luisa Pommerehne</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6242A5BF" w14:textId="77777777" w:rsidR="00FE023B" w:rsidRDefault="00FE023B" w:rsidP="00A11CCE">
@@ -4615,51 +4618,51 @@
               <w:t>Dr. Dina Hamidi</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1793368C" w14:textId="27C2A7C3" w:rsidR="001B210E" w:rsidRPr="006B4E5B" w:rsidRDefault="001B210E" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Rahel Sutterlütti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="3DEB8F31" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="3DEB8F31" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00F3A214" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung Pflanzenbau </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5792,51 +5795,51 @@
               <w:t>Annette Pfordt</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14EE3446" w14:textId="563A6340" w:rsidR="00543F68" w:rsidRPr="006B4E5B" w:rsidRDefault="00543F68" w:rsidP="0031261F">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543F68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Sebastian Kiewnick</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="5B3CB997" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="5B3CB997" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E854A28" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="0021166D">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung </w:t>
             </w:r>
             <w:r w:rsidR="0021166D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -6923,51 +6926,51 @@
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="564EF569" w14:textId="143698A2" w:rsidR="002218D1" w:rsidRDefault="002218D1" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Prof. Dr. Hannah Schneider</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="24F3AFC3" w14:textId="77777777" w:rsidTr="00744B13">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="24F3AFC3" w14:textId="77777777" w:rsidTr="00744B13">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2E9EAC4C" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Department für Agrarökonomie und Rurale Entwicklung</w:t>
@@ -7092,97 +7095,50 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. </w:t>
             </w:r>
             <w:r w:rsidRPr="000074BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Linda Steinhübel</w:t>
             </w:r>
             <w:r w:rsidR="00AB5E9A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>-Rasheed</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39680143" w14:textId="35FECAF7" w:rsidR="00496603" w:rsidRDefault="00AB5E9A" w:rsidP="00683B0B">
-[...45 lines deleted...]
-          </w:p>
           <w:p w14:paraId="660541B4" w14:textId="77777777" w:rsidR="007029C0" w:rsidRPr="00F9269B" w:rsidRDefault="007029C0" w:rsidP="00683B0B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9269B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Eike Christian Grupe</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72B6727A" w14:textId="0ABD3EC0" w:rsidR="007029C0" w:rsidRDefault="007029C0" w:rsidP="00683B0B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7199,84 +7155,144 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Clemens Heinrich Hoffmann</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="191CF723" w14:textId="4C27111F" w:rsidR="00AB5E9A" w:rsidRDefault="00AB5E9A" w:rsidP="00683B0B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Lina Kastens</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11C8ABBB" w14:textId="5B71903E" w:rsidR="00AB5E9A" w:rsidRPr="00F9269B" w:rsidRDefault="00AB5E9A" w:rsidP="00683B0B">
+          <w:p w14:paraId="11C8ABBB" w14:textId="5B71903E" w:rsidR="00AB5E9A" w:rsidRDefault="00AB5E9A" w:rsidP="00683B0B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Magdalena Pallauf</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D86BBA7" w14:textId="4634D7F7" w:rsidR="003A2DAB" w:rsidRDefault="003A2DAB" w:rsidP="00683B0B">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Laura Bückmann</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FBB79E5" w14:textId="0A22235C" w:rsidR="003A2DAB" w:rsidRDefault="003A2DAB" w:rsidP="00683B0B">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Livia Cerini</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AA3B028" w14:textId="042CCF8D" w:rsidR="003A2DAB" w:rsidRPr="00F9269B" w:rsidRDefault="003A2DAB" w:rsidP="00683B0B">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Salome Gelashvili</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C529539" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00F9269B" w:rsidRDefault="006414C3" w:rsidP="0008370D">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="4E7B9FBD" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="4E7B9FBD" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42FDEAD6" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Abteilung Agrarwirtschaft in Entwicklungs- und Schwellenländern</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2226E8F0" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00F22D62" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
@@ -7935,91 +7951,91 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Marius Michels, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62E0EC39" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="00C90BB1" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Dr. Ron Weber</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69D32D48" w14:textId="77777777" w:rsidR="00CD5B31" w:rsidRDefault="00CD5B31" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD5B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Martin Parlasca</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="657D168B" w14:textId="77777777" w:rsidR="009F2AEE" w:rsidRDefault="009F2AEE" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F2AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Vanessa Bonke</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="561939B9" w14:textId="77777777" w:rsidR="00C90BB1" w:rsidRDefault="00C90BB1" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Luise Meißner</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20C854C9" w14:textId="77777777" w:rsidR="00C90BB1" w:rsidRDefault="00C90BB1" w:rsidP="00CD5B31">
             <w:pPr>
@@ -8340,51 +8356,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hendrik Wever</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="035ED735" w14:textId="09529A7A" w:rsidR="008C1A17" w:rsidRPr="008F2C5E" w:rsidRDefault="008C1A17" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Anna Mader</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="7582B563" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="7582B563" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2718EB28" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00744B13" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744B13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Abteilung Landwirtschaftliche Marktlehre </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9080,50 +9096,71 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Greta Langer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C217602" w14:textId="77777777" w:rsidR="00DD4CD4" w:rsidRDefault="00DD4CD4" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Frederick Schoppa</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="47FC9A6F" w14:textId="23180EEB" w:rsidR="003A2DAB" w:rsidRDefault="003A2DAB" w:rsidP="00EA190A">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Lea Kirsten</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="3AB8FD26" w14:textId="77777777" w:rsidR="00DD4CD4" w:rsidRDefault="00DD4CD4" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Sergej Schwab</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65D46D26" w14:textId="77777777" w:rsidR="00DD4CD4" w:rsidRPr="003E18EF" w:rsidRDefault="00DD4CD4" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9133,51 +9170,50 @@
             </w:pPr>
             <w:r w:rsidRPr="003E18EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Flora von Steimker</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="216C3C8C" w14:textId="77777777" w:rsidR="00DD4CD4" w:rsidRDefault="00DD4CD4" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B97C4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Greta Blue Langer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C7373AB" w14:textId="77777777" w:rsidR="00707C5B" w:rsidRDefault="00707C5B" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E18EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dorothea Meyer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B43FFBA" w14:textId="77777777" w:rsidR="00572D4F" w:rsidRPr="00E03028" w:rsidRDefault="00572D4F" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
@@ -10280,50 +10316,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Heinke Heise</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74915217" w14:textId="2A70A495" w:rsidR="00E03028" w:rsidRPr="00BD76EA" w:rsidRDefault="00E03028" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD76EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Dr. Christian Janze</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E66A0A0" w14:textId="7DAAA439" w:rsidR="00E03028" w:rsidRPr="00BD76EA" w:rsidRDefault="00E03028" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD76EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Verena Otter</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="166B1206" w14:textId="43A9DC17" w:rsidR="00E03028" w:rsidRDefault="00E03028" w:rsidP="00EF6A21">
             <w:pPr>
@@ -10336,51 +10373,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dr. Christian Schaper</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="666D25AF" w14:textId="63FA3A5E" w:rsidR="00E03028" w:rsidRDefault="00E03028" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Prof. Dr. Ludwig Theuvsen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="119E273B" w14:textId="4268C663" w:rsidR="00E03028" w:rsidRPr="00BD76EA" w:rsidRDefault="00E03028" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD76EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Thomas de Witte</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="488F8AB2" w14:textId="2AB3B991" w:rsidR="00E03028" w:rsidRPr="00BD76EA" w:rsidRDefault="00E03028" w:rsidP="00EF6A21">
             <w:pPr>
@@ -10665,51 +10701,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76C83861" w14:textId="77777777" w:rsidR="000A6BD3" w:rsidRPr="00FB16F3" w:rsidRDefault="000A6BD3" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prof. Dr. Liesbeth Colen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="7BABDD7E" w14:textId="77777777" w:rsidTr="00744B13">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="7BABDD7E" w14:textId="77777777" w:rsidTr="00744B13">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67B595B9" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00397D2B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Assoziierter Arbeitsbereich </w:t>
             </w:r>
             <w:r w:rsidR="00397D2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -11028,51 +11064,51 @@
               <w:t>Dr. habil. Martin Potthoff</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="323DFD29" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009D6A12">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Simone Pfeiffer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="5F3F6C46" w14:textId="77777777" w:rsidTr="00744B13">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="5F3F6C46" w14:textId="77777777" w:rsidTr="00744B13">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39860802" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="002154E4" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Fakultätsübergreifende Abteilung für</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11585,50 +11621,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Nicol Stockfisch</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="336B7B34" w14:textId="77777777" w:rsidR="004D7B0A" w:rsidRDefault="004D7B0A" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Dr. Roxana Hossain</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D6255C1" w14:textId="77777777" w:rsidR="006E7B33" w:rsidRDefault="006E7B33" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Omid Eini</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F3E7A84" w14:textId="77777777" w:rsidR="000C1DBB" w:rsidRDefault="000C1DBB" w:rsidP="00D37E29">
             <w:pPr>
@@ -11654,51 +11691,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0188B6D9" w14:textId="77777777" w:rsidR="00E51BBC" w:rsidRDefault="00E51BBC" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Dr. Anna Jacobs</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73B76EFD" w14:textId="77777777" w:rsidR="00E51BBC" w:rsidRDefault="00E51BBC" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Rene Heim</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57A4B7D6" w14:textId="77777777" w:rsidR="005F16B1" w:rsidRDefault="005F16B1" w:rsidP="00D37E29">
             <w:pPr>
@@ -11993,51 +12029,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Susann Graupner</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E1E4B84" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009D6A12">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="7C04CB9A" w14:textId="77777777" w:rsidTr="00744B13">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="003A2DAB" w14:paraId="7C04CB9A" w14:textId="77777777" w:rsidTr="00744B13">
         <w:trPr>
           <w:trHeight w:val="519"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5495659F" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="00E85822" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85822">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>CiBreed - Center for Integrated Breeding Research</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -14025,61 +14061,62 @@
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1320230493">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="140774821">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1248030775">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="199051580">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1339306567">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="405492558">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="36865"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00815032"/>
     <w:rsid w:val="00002DF0"/>
     <w:rsid w:val="000074BC"/>
     <w:rsid w:val="00013318"/>
     <w:rsid w:val="0001668F"/>
     <w:rsid w:val="00020F67"/>
@@ -14125,69 +14162,71 @@
     <w:rsid w:val="001E7A19"/>
     <w:rsid w:val="001F5AF3"/>
     <w:rsid w:val="0020040F"/>
     <w:rsid w:val="0021166D"/>
     <w:rsid w:val="00214D9B"/>
     <w:rsid w:val="002154E4"/>
     <w:rsid w:val="002218D1"/>
     <w:rsid w:val="00221C18"/>
     <w:rsid w:val="00221E07"/>
     <w:rsid w:val="0022395A"/>
     <w:rsid w:val="00231818"/>
     <w:rsid w:val="00231DFF"/>
     <w:rsid w:val="002401EE"/>
     <w:rsid w:val="0024170F"/>
     <w:rsid w:val="00247419"/>
     <w:rsid w:val="0025066B"/>
     <w:rsid w:val="00262F58"/>
     <w:rsid w:val="002649AD"/>
     <w:rsid w:val="00273E4B"/>
     <w:rsid w:val="00276A14"/>
     <w:rsid w:val="0028193A"/>
     <w:rsid w:val="002B54A3"/>
     <w:rsid w:val="002B7141"/>
     <w:rsid w:val="002B76F1"/>
     <w:rsid w:val="002C1E73"/>
+    <w:rsid w:val="002C3BFC"/>
     <w:rsid w:val="002C73B6"/>
     <w:rsid w:val="002E1799"/>
     <w:rsid w:val="002E4599"/>
     <w:rsid w:val="002F3793"/>
     <w:rsid w:val="00301BA9"/>
     <w:rsid w:val="0031261F"/>
     <w:rsid w:val="00313A57"/>
     <w:rsid w:val="0031695A"/>
     <w:rsid w:val="00323B23"/>
     <w:rsid w:val="003278A0"/>
     <w:rsid w:val="00333F82"/>
     <w:rsid w:val="00334990"/>
     <w:rsid w:val="00336A3C"/>
     <w:rsid w:val="00341B37"/>
     <w:rsid w:val="003544EA"/>
     <w:rsid w:val="00375330"/>
     <w:rsid w:val="00386EEC"/>
     <w:rsid w:val="003877C6"/>
     <w:rsid w:val="00397D2B"/>
+    <w:rsid w:val="003A2DAB"/>
     <w:rsid w:val="003A35A7"/>
     <w:rsid w:val="003A6262"/>
     <w:rsid w:val="003D76D7"/>
     <w:rsid w:val="003E18EF"/>
     <w:rsid w:val="003E794A"/>
     <w:rsid w:val="00401E4F"/>
     <w:rsid w:val="00404A6D"/>
     <w:rsid w:val="0041687D"/>
     <w:rsid w:val="004245A9"/>
     <w:rsid w:val="00441B88"/>
     <w:rsid w:val="00447BE6"/>
     <w:rsid w:val="00451F49"/>
     <w:rsid w:val="004567CF"/>
     <w:rsid w:val="00464D93"/>
     <w:rsid w:val="00496603"/>
     <w:rsid w:val="004A0AEF"/>
     <w:rsid w:val="004C1D59"/>
     <w:rsid w:val="004D2A22"/>
     <w:rsid w:val="004D62B9"/>
     <w:rsid w:val="004D7B0A"/>
     <w:rsid w:val="004E262F"/>
     <w:rsid w:val="004E2FBF"/>
     <w:rsid w:val="004F30C8"/>
     <w:rsid w:val="005030B6"/>
     <w:rsid w:val="005104BB"/>
@@ -14231,50 +14270,51 @@
     <w:rsid w:val="006E2178"/>
     <w:rsid w:val="006E7B33"/>
     <w:rsid w:val="006E7C9E"/>
     <w:rsid w:val="006F028A"/>
     <w:rsid w:val="006F79D0"/>
     <w:rsid w:val="00700E6C"/>
     <w:rsid w:val="007029C0"/>
     <w:rsid w:val="00707C5B"/>
     <w:rsid w:val="00720B8C"/>
     <w:rsid w:val="007240A2"/>
     <w:rsid w:val="0073499D"/>
     <w:rsid w:val="00737081"/>
     <w:rsid w:val="00744B13"/>
     <w:rsid w:val="00753B11"/>
     <w:rsid w:val="00756FFB"/>
     <w:rsid w:val="007648F5"/>
     <w:rsid w:val="00771BC7"/>
     <w:rsid w:val="00773304"/>
     <w:rsid w:val="007922BA"/>
     <w:rsid w:val="0079493A"/>
     <w:rsid w:val="007A08B4"/>
     <w:rsid w:val="007A0E37"/>
     <w:rsid w:val="007B236F"/>
     <w:rsid w:val="007C0AA6"/>
     <w:rsid w:val="007C30CF"/>
+    <w:rsid w:val="007E6CEF"/>
     <w:rsid w:val="007F2ABC"/>
     <w:rsid w:val="007F67AC"/>
     <w:rsid w:val="007F7170"/>
     <w:rsid w:val="00802B81"/>
     <w:rsid w:val="008030B0"/>
     <w:rsid w:val="00815018"/>
     <w:rsid w:val="00815032"/>
     <w:rsid w:val="00824E98"/>
     <w:rsid w:val="0085672C"/>
     <w:rsid w:val="0088608E"/>
     <w:rsid w:val="008869E0"/>
     <w:rsid w:val="00890138"/>
     <w:rsid w:val="0089041F"/>
     <w:rsid w:val="00893DDA"/>
     <w:rsid w:val="008955E1"/>
     <w:rsid w:val="008A2BA6"/>
     <w:rsid w:val="008C1A17"/>
     <w:rsid w:val="008C2DA6"/>
     <w:rsid w:val="008F2C5E"/>
     <w:rsid w:val="008F54B1"/>
     <w:rsid w:val="008F7C6E"/>
     <w:rsid w:val="009035C8"/>
     <w:rsid w:val="00907760"/>
     <w:rsid w:val="00921974"/>
     <w:rsid w:val="009324B0"/>
@@ -14340,50 +14380,51 @@
     <w:rsid w:val="00B2534D"/>
     <w:rsid w:val="00B54973"/>
     <w:rsid w:val="00B63515"/>
     <w:rsid w:val="00B81AF2"/>
     <w:rsid w:val="00B912C8"/>
     <w:rsid w:val="00B97C4E"/>
     <w:rsid w:val="00BB4ED6"/>
     <w:rsid w:val="00BD4399"/>
     <w:rsid w:val="00BD76EA"/>
     <w:rsid w:val="00BF2CE8"/>
     <w:rsid w:val="00BF4CE2"/>
     <w:rsid w:val="00BF54FB"/>
     <w:rsid w:val="00C00CF3"/>
     <w:rsid w:val="00C01EFF"/>
     <w:rsid w:val="00C039B3"/>
     <w:rsid w:val="00C13389"/>
     <w:rsid w:val="00C21740"/>
     <w:rsid w:val="00C30E04"/>
     <w:rsid w:val="00C3124A"/>
     <w:rsid w:val="00C323B8"/>
     <w:rsid w:val="00C40064"/>
     <w:rsid w:val="00C40236"/>
     <w:rsid w:val="00C4418A"/>
     <w:rsid w:val="00C56D2C"/>
     <w:rsid w:val="00C6087F"/>
+    <w:rsid w:val="00C73B43"/>
     <w:rsid w:val="00C73E8D"/>
     <w:rsid w:val="00C769AF"/>
     <w:rsid w:val="00C90BB1"/>
     <w:rsid w:val="00C977A2"/>
     <w:rsid w:val="00CA10D1"/>
     <w:rsid w:val="00CB018C"/>
     <w:rsid w:val="00CB0721"/>
     <w:rsid w:val="00CC4CF8"/>
     <w:rsid w:val="00CC5DF0"/>
     <w:rsid w:val="00CD5B31"/>
     <w:rsid w:val="00CE01F1"/>
     <w:rsid w:val="00CE428E"/>
     <w:rsid w:val="00CF3936"/>
     <w:rsid w:val="00D056E6"/>
     <w:rsid w:val="00D07650"/>
     <w:rsid w:val="00D13A6A"/>
     <w:rsid w:val="00D2087A"/>
     <w:rsid w:val="00D319AD"/>
     <w:rsid w:val="00D33E52"/>
     <w:rsid w:val="00D350E0"/>
     <w:rsid w:val="00D37E29"/>
     <w:rsid w:val="00D4002C"/>
     <w:rsid w:val="00D5418F"/>
     <w:rsid w:val="00D676B9"/>
     <w:rsid w:val="00D67AE9"/>
@@ -14438,51 +14479,51 @@
     <w:rsid w:val="00FB472E"/>
     <w:rsid w:val="00FC6C9F"/>
     <w:rsid w:val="00FD65E8"/>
     <w:rsid w:val="00FD6843"/>
     <w:rsid w:val="00FE023B"/>
     <w:rsid w:val="00FE6C30"/>
     <w:rsid w:val="00FF07D4"/>
     <w:rsid w:val="00FF472E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="36865"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="61C1D572"/>
   <w15:docId w15:val="{D7D2F44E-B240-4C92-A92D-41A4EAE1B7C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -15533,75 +15574,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1605</Words>
-  <Characters>10117</Characters>
+  <Words>1608</Words>
+  <Characters>10134</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>84</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>#VornameNachname#</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11699</CharactersWithSpaces>
+  <CharactersWithSpaces>11719</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>#VornameNachname#</dc:title>
   <dc:creator>Heinzemann, Joerg</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2015-08-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2016-05-19T00:00:00Z</vt:filetime>
   </property>